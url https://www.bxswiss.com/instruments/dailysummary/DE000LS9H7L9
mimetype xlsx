--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50f52909981244fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1a5fb9bdb444100" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1ba49497684450f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99d923a7e9854077"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28d98b88ddab4119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1ba49497684450f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2742bd936e364811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99d923a7e9854077" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRECIOUS METALS - Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7L9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,631</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>