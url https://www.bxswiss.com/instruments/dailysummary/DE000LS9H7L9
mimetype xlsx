--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1a5fb9bdb444100" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dd8e0aea6e842d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99d923a7e9854077"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0f771f8bd8040b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2742bd936e364811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99d923a7e9854077" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc172940c7b2a423a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0f771f8bd8040b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRECIOUS METALS - Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7L9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>338,394</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,129</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>