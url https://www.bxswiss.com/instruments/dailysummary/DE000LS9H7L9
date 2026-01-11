--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dd8e0aea6e842d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5a0ba159592403f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0f771f8bd8040b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d25298549c142c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc172940c7b2a423a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0f771f8bd8040b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a121930809b4486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d25298549c142c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRECIOUS METALS - Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7L9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>419,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>420,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>409,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>416,560</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>432,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>441,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>431,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>441,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,642</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>