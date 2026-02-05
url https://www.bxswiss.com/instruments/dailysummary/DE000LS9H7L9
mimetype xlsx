--- v3 (2026-01-11)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5a0ba159592403f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc51ca509fb0f48a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d25298549c142c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2f88271432d4fa8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a121930809b4486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d25298549c142c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R264ce5ae350e4c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2f88271432d4fa8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRECIOUS METALS - Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7L9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>446,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>447,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>446,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>446,471</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +278,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>466,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>481,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>465,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>480,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,252</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>