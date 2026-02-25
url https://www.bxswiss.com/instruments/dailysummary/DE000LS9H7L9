--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc51ca509fb0f48a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R005ecde342474106" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2f88271432d4fa8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racf136d439c4434c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R264ce5ae350e4c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2f88271432d4fa8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R735a1dd5df274d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racf136d439c4434c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRECIOUS METALS - Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7L9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>532,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>542,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>530,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>533,993</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>503,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>506,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>503,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>504,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>508,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>