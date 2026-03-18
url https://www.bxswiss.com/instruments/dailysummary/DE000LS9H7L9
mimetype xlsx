--- v5 (2026-02-25)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R005ecde342474106" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98fdec5b2f8e4542" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racf136d439c4434c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4abd179446cc4933"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R735a1dd5df274d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racf136d439c4434c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65f6956ff4294a15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4abd179446cc4933" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRECIOUS METALS - Silver</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7L9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>506,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>508,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>506,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>506,873</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>551,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>557,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>543,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>555,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>506,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,404</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>