--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4c318de12cc4297" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc32223a03a74010" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R300d45525cb145aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd1c1e18c538451b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89eb999dfba646e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R300d45525cb145aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44ae95807d7b4f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd1c1e18c538451b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIDENDE als passives Einkommen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,138</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>168,051</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>