--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc32223a03a74010" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf01be4a028f345bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd1c1e18c538451b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a24a8ffd0e24f2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44ae95807d7b4f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd1c1e18c538451b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R618a53e4299b48a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a24a8ffd0e24f2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DIVIDENDE als passives Einkommen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7K1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,693</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>