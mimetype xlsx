--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1be4ce5240ec4bf1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1d274d0011d4ac4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12e88e05dde94e7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c8e8f957df642d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8994602a8309427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12e88e05dde94e7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re554fed1896a4ca9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c8e8f957df642d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sektoren-Rotation USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7H7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>124,757</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>