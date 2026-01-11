--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1d274d0011d4ac4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcab247bc5114f3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c8e8f957df642d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf3f388e29f4431e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re554fed1896a4ca9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c8e8f957df642d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5675781339ef461f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf3f388e29f4431e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sektoren-Rotation USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7H7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,818</x:t>
-[...360 lines deleted...]
-          <x:t>121,938</x:t>
+          <x:t>121,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>