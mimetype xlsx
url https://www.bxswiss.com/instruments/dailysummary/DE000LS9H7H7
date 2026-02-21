--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcab247bc5114f3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04575b5d4f4a4c6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf3f388e29f4431e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0089482fe6154780"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5675781339ef461f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf3f388e29f4431e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9e460b501224d1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0089482fe6154780" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sektoren-Rotation USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7H7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>122,226</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>122,105</x:t>
-[...269 lines deleted...]
-          <x:t>122,270</x:t>
+          <x:t>119,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>