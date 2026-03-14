--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04575b5d4f4a4c6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff97aec2799a4a3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0089482fe6154780"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb227b86cbb04679"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9e460b501224d1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0089482fe6154780" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R337f73615eba4a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb227b86cbb04679" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sektoren-Rotation USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7H7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>121,978</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,598</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>122,685</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>