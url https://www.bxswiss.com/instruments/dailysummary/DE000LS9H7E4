--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a1103bc1a4b48f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ad7d38683ff40d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7caf6abcc1914dc5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4501e1148a44863"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c2cb95cfd1f49fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7caf6abcc1914dc5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d869d1b122a4b91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4501e1148a44863" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>unterbewertet nachhaltig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7E4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>3,199</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>