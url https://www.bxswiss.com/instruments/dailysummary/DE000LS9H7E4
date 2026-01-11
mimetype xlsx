--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ad7d38683ff40d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra104f7c1e2c64ea1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4501e1148a44863"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38f9501733c74554"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d869d1b122a4b91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4501e1148a44863" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9ae7daf8fa344c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38f9501733c74554" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>unterbewertet nachhaltig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7E4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...68 lines deleted...]
-          <x:t>2,264</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,265</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>2,418</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,199</x:t>
-        </x:is>
-[...489 lines deleted...]
-          <x:t>2,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>