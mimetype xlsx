--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra104f7c1e2c64ea1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7aac039bd8e147ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38f9501733c74554"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe897279d1ac44e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9ae7daf8fa344c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38f9501733c74554" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ec8875aae7e41ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe897279d1ac44e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>unterbewertet nachhaltig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7E4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,089</x:t>
+          <x:t>2,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,078</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>2,199</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>