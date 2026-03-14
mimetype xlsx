--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7aac039bd8e147ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd61b0b067def4d88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe897279d1ac44e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60855b8684024390"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ec8875aae7e41ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe897279d1ac44e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbc61375314c4fbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60855b8684024390" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>unterbewertet nachhaltig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7E4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>2,101</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,104</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>2,054</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,078</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>27.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,097</x:t>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,060</x:t>
-[...237 lines deleted...]
-          <x:t>2,037</x:t>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,094</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>11.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,087</x:t>
-[...198 lines deleted...]
-          <x:t>2,033</x:t>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>