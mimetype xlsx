--- v0 (2026-01-10)
+++ v1 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dbf0c29fc784b98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99e696e626404b1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c79617935414956"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9fcdadff57f4743"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0675328e45dc4be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c79617935414956" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7543e6cf43574f97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9fcdadff57f4743" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Werte weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7A2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>9,123</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>9,107</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>9,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>