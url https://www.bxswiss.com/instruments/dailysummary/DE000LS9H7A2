--- v1 (2026-02-22)
+++ v2 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99e696e626404b1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cf1a8fe59a0451c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9fcdadff57f4743"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R810aba213d604f9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7543e6cf43574f97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9fcdadff57f4743" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8152ad180d83443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R810aba213d604f9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Werte weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H7A2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>9,002</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,994</x:t>
-[...75 lines deleted...]
-          <x:t>8,920</x:t>
+          <x:t>8,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,944</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>8,992</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,979</x:t>
-[...188 lines deleted...]
-          <x:t>8,955</x:t>
+          <x:t>8,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>