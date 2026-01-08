--- v0 (2025-10-04)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R505a0ce2e5bc4d47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ab2fd8e04a445f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae64cfb6a18743d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16d9fab5240d4edb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a70de6fae234e49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae64cfb6a18743d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2ceb72097dc4450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16d9fab5240d4edb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Dividend Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H788</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>173,131</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>