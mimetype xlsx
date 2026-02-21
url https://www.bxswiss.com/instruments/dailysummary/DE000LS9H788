--- v1 (2026-01-08)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ab2fd8e04a445f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d1e7b70d3cc4d1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16d9fab5240d4edb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94914196795342f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2ceb72097dc4450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16d9fab5240d4edb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cc1b8f9dc7b419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94914196795342f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Dividend Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H788</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>177,818</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>