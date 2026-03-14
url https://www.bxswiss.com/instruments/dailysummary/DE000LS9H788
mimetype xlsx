--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d1e7b70d3cc4d1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35d66d1a3cfe47aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94914196795342f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0e6fc0be3084704"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cc1b8f9dc7b419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94914196795342f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5f8f9be06a441a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0e6fc0be3084704" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quality Dividend Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H788</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>