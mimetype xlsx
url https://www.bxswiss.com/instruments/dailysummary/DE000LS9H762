--- v0 (2025-10-31)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03bfe85d22f1489f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f26973fbbfc4735" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82024380a86c4936"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36ff15db6b9a4fb1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4413c30716e4a2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82024380a86c4936" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R396745f35a1e4a01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36ff15db6b9a4fb1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>smallstock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H762</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>207,524</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,564</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>