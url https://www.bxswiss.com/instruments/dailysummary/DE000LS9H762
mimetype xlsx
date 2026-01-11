--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f26973fbbfc4735" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra48c5a73130143a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36ff15db6b9a4fb1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8e570dfa8f24581"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R396745f35a1e4a01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36ff15db6b9a4fb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3ed7c610f914a29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8e570dfa8f24581" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>smallstock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H762</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>