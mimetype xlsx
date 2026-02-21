--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra48c5a73130143a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R652ccf8bb159412d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8e570dfa8f24581"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96469cbb8c344cac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3ed7c610f914a29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8e570dfa8f24581" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6959086237134d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96469cbb8c344cac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>smallstock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H762</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>227,246</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,608</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>