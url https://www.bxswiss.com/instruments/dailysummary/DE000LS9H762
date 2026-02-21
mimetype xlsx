--- v3 (2026-02-21)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R652ccf8bb159412d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd79373ed67e4d00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96469cbb8c344cac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Race0dac2738d4ae4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6959086237134d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96469cbb8c344cac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0eeced8ce57a4b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Race0dac2738d4ae4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>smallstock</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H762</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,332</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>