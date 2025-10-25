--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09939663e94c45e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac566792972b4def" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0780d2e982dd4294"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5217a64195b64791"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6308abbf6594180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0780d2e982dd4294" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R702bff6478a54b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5217a64195b64791" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker SmallMidcap und Cash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>