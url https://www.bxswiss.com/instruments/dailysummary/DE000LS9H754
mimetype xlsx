--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac566792972b4def" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d2749ceff004736" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5217a64195b64791"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50e210103418400c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R702bff6478a54b50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5217a64195b64791" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba9fefb783e34b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50e210103418400c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker SmallMidcap und Cash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...571 lines deleted...]
-          <x:t>114,802</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,549</x:t>
-[...58 lines deleted...]
-          <x:t>115,918</x:t>
+          <x:t>116,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>