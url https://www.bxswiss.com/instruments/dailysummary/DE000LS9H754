--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d2749ceff004736" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree561422aa164c9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50e210103418400c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf6cc37e7c5f4040"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba9fefb783e34b03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50e210103418400c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a4c3d9294db4da2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf6cc37e7c5f4040" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker SmallMidcap und Cash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,659</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,041</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>