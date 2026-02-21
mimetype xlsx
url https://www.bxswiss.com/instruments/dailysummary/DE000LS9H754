--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree561422aa164c9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1283dd45ae694da4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf6cc37e7c5f4040"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5de5851a9bc04d41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a4c3d9294db4da2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf6cc37e7c5f4040" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4252d517f5a74fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5de5851a9bc04d41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker SmallMidcap und Cash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>121,041</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>