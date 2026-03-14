--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1283dd45ae694da4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27aefc1611984241" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5de5851a9bc04d41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41a965e97e5e47e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4252d517f5a74fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5de5851a9bc04d41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3a3cfa6b81d4115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41a965e97e5e47e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stockpicker SmallMidcap und Cash</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,416</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>