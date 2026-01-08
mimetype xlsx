--- v0 (2025-10-25)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reeb560829aad4ad8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc765bddaac9a4630" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5435914c35f4dc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b1f89cb0604454c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d4cd011be2c46ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5435914c35f4dc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9277457968b34aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b1f89cb0604454c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H747</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>658,086</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>