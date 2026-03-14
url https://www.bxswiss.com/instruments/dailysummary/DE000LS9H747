--- v1 (2026-01-08)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc765bddaac9a4630" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62aa7db0d3804c10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b1f89cb0604454c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9406d963e8cd4c61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9277457968b34aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b1f89cb0604454c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36c7f1f780324e06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9406d963e8cd4c61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H747</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>653,673</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>