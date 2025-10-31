--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1455eb6744044b09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdd8d20723894bc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9922c27bbd844f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16ae84e261584312"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ea583a44f534442" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9922c27bbd844f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R877fdfacd6ab4431" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16ae84e261584312" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DrStrothmann Chancenreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H739</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>