--- v1 (2025-10-31)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdd8d20723894bc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R424f6ae4e9ef4d77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16ae84e261584312"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re00824197a604718"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R877fdfacd6ab4431" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16ae84e261584312" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R686e60b247e044bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re00824197a604718" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DrStrothmann Chancenreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H739</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>163,204</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>