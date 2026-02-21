--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R424f6ae4e9ef4d77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8e492031148429e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re00824197a604718"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb260a7fd6524930"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R686e60b247e044bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re00824197a604718" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ca86b3b60f741ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb260a7fd6524930" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DrStrothmann Chancenreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H739</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>170,893</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>