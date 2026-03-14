--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8e492031148429e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6e429da7eff470f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb260a7fd6524930"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R978f3d62d78d46b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ca86b3b60f741ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb260a7fd6524930" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88cfa92cd2904e96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R978f3d62d78d46b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DrStrothmann Chancenreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H739</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>174,213</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,741</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>174,011</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>172,801</x:t>
-[...220 lines deleted...]
-          <x:t>178,172</x:t>
+          <x:t>174,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,916</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>