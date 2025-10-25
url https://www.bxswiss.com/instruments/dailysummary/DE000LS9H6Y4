--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa216fe9b50e4589" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree644242a8d84a6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4783c0050e544480"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff4732b01a0045b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21bb6688a3d14ed7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4783c0050e544480" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f2fbb9ca4d449b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff4732b01a0045b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sektoren-Rotation Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H6Y4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,322</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,113</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>