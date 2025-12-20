--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree644242a8d84a6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9449eb6bd2a54d78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff4732b01a0045b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37fe671653c04435"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f2fbb9ca4d449b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff4732b01a0045b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c59d157064b4591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37fe671653c04435" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sektoren-Rotation Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H6Y4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...598 lines deleted...]
-          <x:t>156,242</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,723</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>156,113</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>