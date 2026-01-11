--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9449eb6bd2a54d78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec395b254f724508" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37fe671653c04435"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98701deebbab4ac1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c59d157064b4591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37fe671653c04435" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01a247bcb86249c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98701deebbab4ac1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sektoren-Rotation Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H6Y4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,944</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>