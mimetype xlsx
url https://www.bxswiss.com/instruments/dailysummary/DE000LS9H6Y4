--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec395b254f724508" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re24e2360649540a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98701deebbab4ac1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd6c3b1b6e714732"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01a247bcb86249c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98701deebbab4ac1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51c994df7b0d4ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd6c3b1b6e714732" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sektoren-Rotation Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H6Y4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>169,094</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>