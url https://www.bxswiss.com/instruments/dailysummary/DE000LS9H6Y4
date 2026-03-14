--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re24e2360649540a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebc6738e895340d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd6c3b1b6e714732"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R571d4cf48c5d4d05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51c994df7b0d4ced" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd6c3b1b6e714732" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R701c97571e78442f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R571d4cf48c5d4d05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sektoren-Rotation Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H6Y4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,893</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,431</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>