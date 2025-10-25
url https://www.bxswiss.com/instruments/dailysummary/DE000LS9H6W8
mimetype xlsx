--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ea92101c57d4f00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b9ec8672b2b4eb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R997d9c9985fd4cc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69f315d8a50e40cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56bbadc399c64f30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R997d9c9985fd4cc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2b770f33f654a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69f315d8a50e40cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend-Wachstum US,DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H6W8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>