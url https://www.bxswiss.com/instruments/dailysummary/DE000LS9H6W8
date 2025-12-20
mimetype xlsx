--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b9ec8672b2b4eb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b596490fef442ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69f315d8a50e40cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03040e9364ac4908"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2b770f33f654a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69f315d8a50e40cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb85e1c324884cd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03040e9364ac4908" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend-Wachstum US,DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H6W8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>162,089</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>