--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b596490fef442ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5a96ede25854d56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03040e9364ac4908"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd977932c47449d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb85e1c324884cd6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03040e9364ac4908" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R312ec531510846aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd977932c47449d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend-Wachstum US,DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H6W8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>168,160</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>167,587</x:t>
-[...200 lines deleted...]
-          <x:t>172,770</x:t>
+          <x:t>166,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>170,430</x:t>
-[...139 lines deleted...]
-          <x:t>167,653</x:t>
+          <x:t>171,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,812</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>