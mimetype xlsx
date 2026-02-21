--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5a96ede25854d56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R786abababbbf405c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd977932c47449d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8e278219ae44607"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R312ec531510846aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd977932c47449d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R235ad8eb128c4e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8e278219ae44607" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend-Wachstum US,DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H6W8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>173,812</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,782</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>