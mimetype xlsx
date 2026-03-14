--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R786abababbbf405c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f968862fad746d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8e278219ae44607"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4fa7c785daa4759"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R235ad8eb128c4e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8e278219ae44607" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d9b0cf95c8442d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4fa7c785daa4759" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend-Wachstum US,DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H6W8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,793</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>