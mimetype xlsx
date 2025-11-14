--- v0 (2025-10-02)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca7fe1a49b6a43b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1ec89c54f8e4329" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6185a81db414f39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18df823c51a54d50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18b46cfdc9d84544" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6185a81db414f39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R798ad5df80524653" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18df823c51a54d50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Permanent Capital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H697</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>155,063</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,453</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>155,812</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,401</x:t>
-[...421 lines deleted...]
-          <x:t>157,739</x:t>
+          <x:t>156,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,140</x:t>
-[...58 lines deleted...]
-          <x:t>158,031</x:t>
+          <x:t>157,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>