--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1ec89c54f8e4329" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd95cca44c2ad4421" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18df823c51a54d50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4fbc813bbf34856"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R798ad5df80524653" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18df823c51a54d50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0900177727004265" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4fbc813bbf34856" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Permanent Capital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H697</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>158,271</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>