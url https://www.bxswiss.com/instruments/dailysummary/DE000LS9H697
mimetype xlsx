--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd95cca44c2ad4421" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8becb854a0484f28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4fbc813bbf34856"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d96c358649d4c15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0900177727004265" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4fbc813bbf34856" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52a17ceb95154b58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d96c358649d4c15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Permanent Capital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H697</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...215 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>161,731</x:t>
-[...225 lines deleted...]
-          <x:t>164,813</x:t>
+          <x:t>162,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>