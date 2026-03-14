--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8becb854a0484f28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd561b1cae9fb4643" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d96c358649d4c15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13a21f34c8d64153"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52a17ceb95154b58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d96c358649d4c15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1c5bf41315d40d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13a21f34c8d64153" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Permanent Capital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H697</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>160,191</x:t>
-[...387 lines deleted...]
-          <x:t>157,410</x:t>
+          <x:t>157,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>