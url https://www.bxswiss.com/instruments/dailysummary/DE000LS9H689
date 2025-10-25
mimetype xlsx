--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fc168d90c3941a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5ac97db40174c23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f7c71c5e6fb4f96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae638f756c7e4cc4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78b6d434932a4492" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f7c71c5e6fb4f96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9ffb271a9104021" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae638f756c7e4cc4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stabilität Priorität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H689</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>236,270</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>233,891</x:t>
-[...114 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>233,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>237,598</x:t>
-[...468 lines deleted...]
-          <x:t>235,600</x:t>
+          <x:t>233,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>