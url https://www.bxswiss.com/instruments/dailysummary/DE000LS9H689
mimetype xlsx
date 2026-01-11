--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5ac97db40174c23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a43ede9f0164ad6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae638f756c7e4cc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd36ba2104c42492c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9ffb271a9104021" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae638f756c7e4cc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22ae938739c34efc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd36ba2104c42492c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stabilität Priorität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H689</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>236,310</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>