--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a43ede9f0164ad6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re59e764051fa4437" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd36ba2104c42492c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0419158751ce41e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22ae938739c34efc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd36ba2104c42492c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ab425f7ab584b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0419158751ce41e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stabilität Priorität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H689</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>230,619</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>229,589</x:t>
-[...166 lines deleted...]
-          <x:t>236,994</x:t>
+          <x:t>227,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>