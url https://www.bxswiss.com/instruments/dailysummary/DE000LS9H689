--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re59e764051fa4437" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb73d7246339e4feb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0419158751ce41e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0271183b570843b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ab425f7ab584b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0419158751ce41e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07cc46701cd0459a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0271183b570843b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Stabilität Priorität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H689</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,643</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>