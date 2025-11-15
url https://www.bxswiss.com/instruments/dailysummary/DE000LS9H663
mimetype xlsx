--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e28f3f62d8343ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1012a8d0a60b4781" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dc1cd680cfe49e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R394aa7e4dde44797"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71b74d2b898e4632" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dc1cd680cfe49e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc72235060cea427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R394aa7e4dde44797" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktiv max 3</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>25,325</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,391</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>