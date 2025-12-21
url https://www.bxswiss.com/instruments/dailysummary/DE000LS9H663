--- v1 (2025-11-15)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1012a8d0a60b4781" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra957889eed1d409a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R394aa7e4dde44797"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63e5a4bf5fac475c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc72235060cea427b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R394aa7e4dde44797" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7923ac80f71d4e59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63e5a4bf5fac475c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktiv max 3</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>19,391</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,076</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>