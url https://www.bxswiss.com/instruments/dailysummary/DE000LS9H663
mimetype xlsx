--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra957889eed1d409a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2851ae35f71f439d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63e5a4bf5fac475c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ffb8c51cb0444e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7923ac80f71d4e59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63e5a4bf5fac475c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d9dc9e78e7c4031" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ffb8c51cb0444e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktiv max 3</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>20,636</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,234</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...451 lines deleted...]
-          <x:t>19,076</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>