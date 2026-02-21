--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2851ae35f71f439d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5778ee6011ba4416" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ffb8c51cb0444e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a916c2b092c43e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d9dc9e78e7c4031" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ffb8c51cb0444e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe633a11d5d940b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a916c2b092c43e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktiv max 3</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,286</x:t>
-[...63 lines deleted...]
-          <x:t>22,950</x:t>
+          <x:t>22,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>