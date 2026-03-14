--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5778ee6011ba4416" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1094ec57a00a4693" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a916c2b092c43e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25d708dc52f64668"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe633a11d5d940b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a916c2b092c43e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fb2b622c4874fa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25d708dc52f64668" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktiv max 3</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H663</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,441 +149,63 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>21,843</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,131</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...312 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,931</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,621</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,247</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>