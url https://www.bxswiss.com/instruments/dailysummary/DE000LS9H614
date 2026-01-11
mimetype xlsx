--- v0 (2025-10-03)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56a848d0a34943e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9995fc696cdc4f1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf75a463c49c64ddf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3095df053a3643cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd230e6d167f44fa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf75a463c49c64ddf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R005b0c5bbeca4cee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3095df053a3643cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MetAnalyst Top50 German S&amp;M Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H614</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>127,272</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>