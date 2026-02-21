--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9995fc696cdc4f1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R561ceeaa522b47e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3095df053a3643cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9625a0ed63d44440"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R005b0c5bbeca4cee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3095df053a3643cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0492cbbe707840f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9625a0ed63d44440" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MetAnalyst Top50 German S&amp;M Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H614</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...419 lines deleted...]
-          <x:t>129,903</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,360</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>130,609</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>