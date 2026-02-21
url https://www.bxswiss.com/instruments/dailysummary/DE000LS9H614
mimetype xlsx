--- v2 (2026-02-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R561ceeaa522b47e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8cb045faa7f43ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9625a0ed63d44440"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R323ead9d6f1c450f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0492cbbe707840f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9625a0ed63d44440" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81dce0c13f99485f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R323ead9d6f1c450f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MetAnalyst Top50 German S&amp;M Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H614</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>