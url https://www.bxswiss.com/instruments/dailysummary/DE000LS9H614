--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8cb045faa7f43ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb129b18fac249cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R323ead9d6f1c450f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3dec4af3904424e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81dce0c13f99485f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R323ead9d6f1c450f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb31716f6724c441f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3dec4af3904424e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MetAnalyst Top50 German S&amp;M Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H614</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>127,670</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,513</x:t>
-[...21 lines deleted...]
-          <x:t>129,526</x:t>
+          <x:t>130,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,012</x:t>
-[...350 lines deleted...]
-          <x:t>131,245</x:t>
+          <x:t>127,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>