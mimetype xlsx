--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1177581cc5b4a40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R922c968a1a5e428b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R286c4c392da44049"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd2698ebbfd7437e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R797446f7ddc04089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R286c4c392da44049" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf060d003ca94a51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd2698ebbfd7437e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dynamische Relative Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,477</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,149</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>