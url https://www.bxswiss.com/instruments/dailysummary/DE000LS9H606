--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R922c968a1a5e428b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcff20224ac234b2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd2698ebbfd7437e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3afb603e32b4eba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf060d003ca94a51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd2698ebbfd7437e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4c6d80f22e34dbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3afb603e32b4eba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dynamische Relative Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>214,149</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,573</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>