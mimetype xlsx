--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcff20224ac234b2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R837307cc8c2a49e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3afb603e32b4eba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95d77b099da04155"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4c6d80f22e34dbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3afb603e32b4eba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9591fd34b2944b27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95d77b099da04155" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dynamische Relative Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,487</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>