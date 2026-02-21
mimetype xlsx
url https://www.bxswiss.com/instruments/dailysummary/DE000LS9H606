--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R837307cc8c2a49e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa507740b8f648c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95d77b099da04155"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R026702bc23634c64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9591fd34b2944b27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95d77b099da04155" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf7cd7f31c2d44dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R026702bc23634c64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dynamische Relative Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>222,714</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>