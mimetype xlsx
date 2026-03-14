--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa507740b8f648c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bca193ef92548d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R026702bc23634c64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84dff75605274849"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf7cd7f31c2d44dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R026702bc23634c64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re425550a59ff4ef2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84dff75605274849" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dynamische Relative Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,594</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>