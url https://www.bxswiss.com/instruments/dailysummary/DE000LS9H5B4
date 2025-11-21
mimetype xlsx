--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a5737469fd04665" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf24ffdce83d24210" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3e22fe0f15e407a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5f8b588d6ce4621"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdce6d32ba7dd44d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3e22fe0f15e407a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5017638769e14fb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5f8b588d6ce4621" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H5B4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>139,632</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>