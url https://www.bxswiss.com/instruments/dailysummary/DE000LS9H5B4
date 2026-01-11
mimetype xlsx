--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf24ffdce83d24210" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad970a9c894b44c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5f8b588d6ce4621"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55dd4679f6164965"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5017638769e14fb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5f8b588d6ce4621" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbd5952a44e744f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55dd4679f6164965" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H5B4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>140,375</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>