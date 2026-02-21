--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad970a9c894b44c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R687b872014f14b9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55dd4679f6164965"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc28549a7e2e24a30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbd5952a44e744f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55dd4679f6164965" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60549e13f28e491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc28549a7e2e24a30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H5B4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>146,075</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>