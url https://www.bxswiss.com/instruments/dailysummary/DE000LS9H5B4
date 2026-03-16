--- v3 (2026-02-21)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R687b872014f14b9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2878773963c4436c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc28549a7e2e24a30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R707b7f5a4e624608"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60549e13f28e491e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc28549a7e2e24a30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa1f42a27e63444e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R707b7f5a4e624608" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H5B4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,379</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,042</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>