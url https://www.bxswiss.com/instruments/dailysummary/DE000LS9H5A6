--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e667fb7c4764438" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd294098dacc14163" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R018a868f5b0c48ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ac94a89114647e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31889200ed3e46f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R018a868f5b0c48ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbdae1651d1a43be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ac94a89114647e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SCInvest_ Pharma Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H5A6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>