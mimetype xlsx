--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd294098dacc14163" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refdbb6077d9a4e39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ac94a89114647e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R929e56d2ae244585"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbdae1651d1a43be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ac94a89114647e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re33f88433a9c4574" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R929e56d2ae244585" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SCInvest_ Pharma Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H5A6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...146 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>