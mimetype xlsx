--- v2 (2025-12-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refdbb6077d9a4e39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R537f069a77af4355" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R929e56d2ae244585"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra00f2d939cd043eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re33f88433a9c4574" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R929e56d2ae244585" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R734376ede1c74e7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra00f2d939cd043eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SCInvest_ Pharma Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H5A6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,57 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...5 lines deleted...]
-        <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -297,31 +290,38 @@
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>