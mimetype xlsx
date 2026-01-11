--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R537f069a77af4355" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R544178dcf1ca463a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra00f2d939cd043eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R996f5e3607974e57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R734376ede1c74e7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra00f2d939cd043eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2df4084faccf44ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R996f5e3607974e57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SCInvest_ Pharma Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H5A6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,284 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>