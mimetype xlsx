--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R544178dcf1ca463a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd09aaa8031e1462e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R996f5e3607974e57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb66524fbab184808"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2df4084faccf44ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R996f5e3607974e57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45388653a26e40c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb66524fbab184808" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SCInvest_ Pharma Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H5A6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,284 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...214 lines deleted...]
-          <x:t>97,129</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,952</x:t>
-[...16 lines deleted...]
-          <x:t>96,956</x:t>
+          <x:t>97,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,919</x:t>
+          <x:t>96,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,927</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>