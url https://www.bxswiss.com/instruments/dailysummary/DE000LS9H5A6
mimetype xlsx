--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd09aaa8031e1462e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83001f71cc3e4892" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb66524fbab184808"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14553cdb9c5e4e83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45388653a26e40c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb66524fbab184808" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8b5947cb5a64e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14553cdb9c5e4e83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SCInvest_ Pharma Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H5A6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,927</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>02.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,618</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>96,927</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,622</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>