--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9a34f15add74fbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56220109655a46a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4759e902357d43ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc857e5ece9bc4986"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f4f961dbaaa4c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4759e902357d43ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e0825411284460e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc857e5ece9bc4986" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TrendStärkeSpezial Top-5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4Y9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>63,856</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,975</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>64,129</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,987</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>63,910</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,978</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>64,038</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>