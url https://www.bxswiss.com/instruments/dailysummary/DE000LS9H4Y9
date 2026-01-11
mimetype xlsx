--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56220109655a46a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70dd986d2d194b04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc857e5ece9bc4986"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd53cb4c2f96947b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e0825411284460e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc857e5ece9bc4986" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d628b6aaaae47d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd53cb4c2f96947b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TrendStärkeSpezial Top-5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4Y9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,804</x:t>
+          <x:t>63,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,720</x:t>
-[...97 lines deleted...]
-          <x:t>63,866</x:t>
+          <x:t>63,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,709</x:t>
-        </x:is>
-[...408 lines deleted...]
-          <x:t>63,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>