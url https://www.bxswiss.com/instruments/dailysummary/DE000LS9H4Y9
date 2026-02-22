--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70dd986d2d194b04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd010274e28074a84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd53cb4c2f96947b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c04319032df43e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d628b6aaaae47d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd53cb4c2f96947b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4af119b5970047dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c04319032df43e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TrendStärkeSpezial Top-5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4Y9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>63,709</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,351</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>