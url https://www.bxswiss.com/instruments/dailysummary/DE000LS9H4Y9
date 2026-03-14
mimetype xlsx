--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd010274e28074a84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re79cd7cb81c74d79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c04319032df43e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30b3f5beb9da4f20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4af119b5970047dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c04319032df43e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R922e28933e5140b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30b3f5beb9da4f20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TrendStärkeSpezial Top-5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4Y9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,272</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>