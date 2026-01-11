--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e8329eb6f9d4534" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f20cdd803374752" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c811ad1563946ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4c0f69b69a34213"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R531bb22e1c764dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c811ad1563946ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6811333542c5410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4c0f69b69a34213" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ostdeutsche Wirtschaft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4V5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,788</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,704</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>