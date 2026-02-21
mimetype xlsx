--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f20cdd803374752" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f1e629bad3845fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4c0f69b69a34213"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a868088a98743a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6811333542c5410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4c0f69b69a34213" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82f32e07b2aa4412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a868088a98743a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ostdeutsche Wirtschaft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4V5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>149,704</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,511</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>