--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f1e629bad3845fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b04879ff4914ebe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a868088a98743a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recbc6d3dd2de4419"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82f32e07b2aa4412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a868088a98743a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7770c348bc5497e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recbc6d3dd2de4419" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ostdeutsche Wirtschaft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4V5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,326</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,836</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>