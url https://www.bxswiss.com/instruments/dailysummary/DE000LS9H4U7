--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a088d3684bd49c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c22f6e72d884842" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24f8ad53a35345e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda667eed6b6a4a0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06db67275984494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24f8ad53a35345e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7b209cd55824ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda667eed6b6a4a0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WorldMap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4U7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>374,618</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>