--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c22f6e72d884842" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad9ae95217e74294" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda667eed6b6a4a0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc91287f7362f4ddd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7b209cd55824ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda667eed6b6a4a0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e36dd3a9c3c466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc91287f7362f4ddd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WorldMap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4U7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>367,070</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>362,065</x:t>
-[...296 lines deleted...]
-          <x:t>377,374</x:t>
+          <x:t>366,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>