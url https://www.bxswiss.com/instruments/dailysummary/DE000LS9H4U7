--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad9ae95217e74294" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e7616f3eddb483b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc91287f7362f4ddd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ec92dcec478417f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e36dd3a9c3c466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc91287f7362f4ddd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8502de34873b48ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ec92dcec478417f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WorldMap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4U7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,683</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>