--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2352dce00bc446e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a27734c65154388" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2037371f1df541e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc170c2081cfa4d75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce5f90eadb7b407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2037371f1df541e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c784e00e20740ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc170c2081cfa4d75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Outperformance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4M4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>134,202</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,018</x:t>
-[...222 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>133,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,574</x:t>
-[...198 lines deleted...]
-          <x:t>134,867</x:t>
+          <x:t>133,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>