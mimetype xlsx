--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a27734c65154388" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca4f48bfaef143cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc170c2081cfa4d75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd784ae5ea0cf4252"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c784e00e20740ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc170c2081cfa4d75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R558c237034af44ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd784ae5ea0cf4252" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Outperformance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4M4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>133,945</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,973</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
-[...505 lines deleted...]
-          <x:t>134,022</x:t>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,594</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>