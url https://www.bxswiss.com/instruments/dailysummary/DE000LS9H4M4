--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca4f48bfaef143cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b1f08552aa4274" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd784ae5ea0cf4252"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a6ff23d54164fa7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R558c237034af44ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd784ae5ea0cf4252" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb47a3cb0870b47bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a6ff23d54164fa7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Outperformance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4M4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>132,700</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,886</x:t>
-[...285 lines deleted...]
-        <x:is>
           <x:t>132,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>133,086</x:t>
-[...36 lines deleted...]
-          <x:t>132,594</x:t>
+          <x:t>132,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,407</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>