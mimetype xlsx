--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b1f08552aa4274" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5209f9de162341e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a6ff23d54164fa7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47618ec5ac2f4bcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb47a3cb0870b47bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a6ff23d54164fa7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfefaf4b3f1fe4796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47618ec5ac2f4bcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nebenwerte Outperformance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4M4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>132,928</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,217</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>135,407</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,966</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>