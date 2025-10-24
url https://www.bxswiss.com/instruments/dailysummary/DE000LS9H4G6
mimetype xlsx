--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94eb364a802e4b53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ca73b7b29c14300" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c2293ac8dd1436a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R109941d7f92e47c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6e15d5986cf4598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c2293ac8dd1436a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55956dcd80114b25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R109941d7f92e47c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bigplayer Zukunfttechnologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4G6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>615,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>615,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>612,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>612,892</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>616,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>618,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>614,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>616,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>