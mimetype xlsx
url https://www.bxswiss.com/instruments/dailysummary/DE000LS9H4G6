--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ca73b7b29c14300" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbef5706fed14e0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R109941d7f92e47c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9943eb063e454550"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55956dcd80114b25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R109941d7f92e47c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46d3634a0ad54e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9943eb063e454550" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bigplayer Zukunfttechnologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4G6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>613,676</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>