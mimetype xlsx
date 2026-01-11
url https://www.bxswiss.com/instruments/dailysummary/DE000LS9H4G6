--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbef5706fed14e0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21ce6c190fd54499" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9943eb063e454550"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd8d60a8fa9644e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46d3634a0ad54e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9943eb063e454550" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R447827415ed54ddc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd8d60a8fa9644e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bigplayer Zukunfttechnologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4G6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>626,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>626,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>619,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>621,938</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>597,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>601,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>595,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>601,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>