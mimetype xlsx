--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21ce6c190fd54499" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3dc26541dc9f4a9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd8d60a8fa9644e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e202ece2ee64e50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R447827415ed54ddc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd8d60a8fa9644e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6afce2b253bf4cb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e202ece2ee64e50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bigplayer Zukunfttechnologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4G6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>615,490</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,553</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>