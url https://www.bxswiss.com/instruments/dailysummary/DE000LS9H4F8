--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce9febba2c544c29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1093f922cdaa4262" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R247dfdf44f6a46fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R681069c613a740e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccdd5eeb947a46f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R247dfdf44f6a46fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30851d1858ed49e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R681069c613a740e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MRD-Methode</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4F8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,224</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,252</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>