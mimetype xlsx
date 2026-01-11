--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1093f922cdaa4262" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd54c8713e594766" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R681069c613a740e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73f93d1a026943aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30851d1858ed49e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R681069c613a740e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b0cb374f0b74925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73f93d1a026943aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MRD-Methode</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4F8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>314,778</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>313,224</x:t>
-[...620 lines deleted...]
-          <x:t>320,252</x:t>
+          <x:t>305,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>