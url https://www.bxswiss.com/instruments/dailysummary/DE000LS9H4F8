--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd54c8713e594766" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radf101e7b86a4d7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73f93d1a026943aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf562b6b1d5ce46e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b0cb374f0b74925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73f93d1a026943aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7eff666cb9a4b92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf562b6b1d5ce46e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MRD-Methode</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4F8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>331,685</x:t>
-[...117 lines deleted...]
-          <x:t>330,430</x:t>
+          <x:t>331,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>