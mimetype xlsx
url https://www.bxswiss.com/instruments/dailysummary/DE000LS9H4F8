--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radf101e7b86a4d7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f3b313da52240d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf562b6b1d5ce46e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R977164ae5be945d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7eff666cb9a4b92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf562b6b1d5ce46e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd6bf98b71934048" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R977164ae5be945d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MRD-Methode</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4F8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,037</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>