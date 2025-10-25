--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d3a7bf5990a46a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11bf19a0418d4a79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1428dc47590a47db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac8e80fca314404d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8141315772cf44b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1428dc47590a47db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78f9c29327534fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac8e80fca314404d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value &amp; Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4C5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,381</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>