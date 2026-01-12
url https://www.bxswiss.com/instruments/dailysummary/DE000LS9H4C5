--- v1 (2025-10-25)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11bf19a0418d4a79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28a2299475fc4b51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac8e80fca314404d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb97679aaa91949e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78f9c29327534fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac8e80fca314404d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05872ba8042942e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb97679aaa91949e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value &amp; Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4C5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>166,009</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,517</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>