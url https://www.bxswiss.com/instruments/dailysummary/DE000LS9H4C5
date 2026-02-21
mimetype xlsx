--- v2 (2026-01-12)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28a2299475fc4b51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6297fc778c74f57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb97679aaa91949e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0eaf32472294a68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05872ba8042942e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb97679aaa91949e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R126f7deb7ddf4c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0eaf32472294a68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value &amp; Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4C5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>165,517</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,367</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>