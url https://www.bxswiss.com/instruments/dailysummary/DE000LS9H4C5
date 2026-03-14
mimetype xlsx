--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6297fc778c74f57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a5afce6c7a24baa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0eaf32472294a68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree311c389ac943ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R126f7deb7ddf4c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0eaf32472294a68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30279e010cc94dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree311c389ac943ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value &amp; Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4C5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,565</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>