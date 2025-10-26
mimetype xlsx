--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a4f8446ea3348de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70358ba2ab64ed3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68c44259303c46cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re05ca42cff0b48c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd84b1778671f42da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68c44259303c46cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8edcafc60ee14086" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re05ca42cff0b48c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Growth - top brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4A9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,882</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,493</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>