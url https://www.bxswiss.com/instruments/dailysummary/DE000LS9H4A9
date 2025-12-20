--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70358ba2ab64ed3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4cd192039af4dce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re05ca42cff0b48c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62aaa93c4dd644d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8edcafc60ee14086" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re05ca42cff0b48c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9a5bdc669a14cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62aaa93c4dd644d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Growth - top brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4A9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>333,493</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>