--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4cd192039af4dce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fb2d89b1ddb4f12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62aaa93c4dd644d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4700d01a26cf4d68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9a5bdc669a14cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62aaa93c4dd644d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8114a88c03fd48aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4700d01a26cf4d68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Growth - top brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4A9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,620</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,132</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>