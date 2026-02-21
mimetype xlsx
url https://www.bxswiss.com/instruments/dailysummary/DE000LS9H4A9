--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fb2d89b1ddb4f12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80781197524243c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4700d01a26cf4d68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd911149f3a8c4fc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8114a88c03fd48aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4700d01a26cf4d68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19bb49e2f6aa4db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd911149f3a8c4fc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Growth - top brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4A9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>354,132</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,124</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>