--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80781197524243c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e553f43a484ea0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd911149f3a8c4fc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96cbe809e0554ff7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19bb49e2f6aa4db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd911149f3a8c4fc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a84053176b24349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96cbe809e0554ff7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Growth - top brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H4A9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,056</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,338</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>