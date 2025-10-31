--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb25d09799a404937" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5834c552b7ac488c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4b040fb684c461a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabf8d2e14ad24f23"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7824dac1be9e4214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4b040fb684c461a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d794a64dce549e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabf8d2e14ad24f23" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trüffelschweinchen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,546</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>