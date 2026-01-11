--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5834c552b7ac488c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc47afea3dc8a4f48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabf8d2e14ad24f23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a23a29769bf411b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d794a64dce549e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabf8d2e14ad24f23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5498988195c04ceb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a23a29769bf411b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trüffelschweinchen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>55,513</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>