--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc47afea3dc8a4f48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b9ee144f1e44921" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a23a29769bf411b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R429967755a904344"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5498988195c04ceb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a23a29769bf411b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51a12ef4364942d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R429967755a904344" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trüffelschweinchen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>49,807</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,102</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>