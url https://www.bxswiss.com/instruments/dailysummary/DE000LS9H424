--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b9ee144f1e44921" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeadd421e26144c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R429967755a904344"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4660e75783674e86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51a12ef4364942d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R429967755a904344" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R452cbb85faf44608" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4660e75783674e86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trüffelschweinchen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>37,002</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,791</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...300 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,131</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>