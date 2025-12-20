--- v0 (2025-10-26)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd85c411e1bd4ae5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f09c6da15464b67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd17fad3b9a8a421e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red5c3885c41b428e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4957cfe6cd0c4801" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd17fad3b9a8a421e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R768f20dd772e41ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red5c3885c41b428e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DrStrothmann Defensiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H3W5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>117,280</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,099</x:t>
-[...436 lines deleted...]
-          <x:t>117,704</x:t>
+          <x:t>117,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,236</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>