--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f09c6da15464b67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbff4ca3321984ad3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red5c3885c41b428e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f253d1c36e4451f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R768f20dd772e41ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red5c3885c41b428e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1017ed38c624cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f253d1c36e4451f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DrStrothmann Defensiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H3W5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,511</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,608</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>