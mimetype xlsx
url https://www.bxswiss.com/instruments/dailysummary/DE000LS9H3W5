--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbff4ca3321984ad3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5b08feb4e7646cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f253d1c36e4451f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R796ac5fab9ac49eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1017ed38c624cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f253d1c36e4451f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1f49a20bcb74f30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R796ac5fab9ac49eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DrStrothmann Defensiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H3W5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>119,608</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>