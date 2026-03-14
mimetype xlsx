--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5b08feb4e7646cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cf2ac02fb97480d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R796ac5fab9ac49eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22246320634c4a3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1f49a20bcb74f30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R796ac5fab9ac49eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re27ea57c87de4674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22246320634c4a3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DrStrothmann Defensiv</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H3W5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>116,938</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,668</x:t>
-[...452 lines deleted...]
-        <x:is>
           <x:t>115,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,678</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>