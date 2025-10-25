--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R265eba10cf274e0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffa83da3842c46cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33893ae539bb4acf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R850cc90da03542f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffdafbb362344e40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33893ae539bb4acf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8da65714a0d642d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R850cc90da03542f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Next Banking Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H3T1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>218,512</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>217,364</x:t>
-[...119 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>219,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>219,522</x:t>
-[...387 lines deleted...]
-          <x:t>219,283</x:t>
+          <x:t>215,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>