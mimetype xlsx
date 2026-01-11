--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffa83da3842c46cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R621e768206fc4a54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R850cc90da03542f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R251c22fb27fc4937"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8da65714a0d642d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R850cc90da03542f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree77f202230543f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R251c22fb27fc4937" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Next Banking Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H3T1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>223,342</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>