--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R621e768206fc4a54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7576c5b5f4dd4665" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R251c22fb27fc4937"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6717071c9f764012"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree77f202230543f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R251c22fb27fc4937" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf28fc08f4634313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6717071c9f764012" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Next Banking Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H3T1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>226,147</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>