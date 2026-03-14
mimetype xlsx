--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7576c5b5f4dd4665" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra801a0382baf4590" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6717071c9f764012"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R194285f19a904b7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf28fc08f4634313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6717071c9f764012" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92108b7e024a482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R194285f19a904b7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Liru Lai Next Banking Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H3T1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,357</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>