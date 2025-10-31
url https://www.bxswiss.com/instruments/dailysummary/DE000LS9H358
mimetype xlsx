--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a283784a5964849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c83edd7dabd415b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7d57f8e1eec4d92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68ed89b2706846b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59e4153cb01f4b31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7d57f8e1eec4d92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31e3cbcce92c49d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68ed89b2706846b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Strategie Blue-Chips DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>55,107</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,273</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>55,210</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>54,922</x:t>
-[...463 lines deleted...]
-          <x:t>54,985</x:t>
+          <x:t>53,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,173</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>