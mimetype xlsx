--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c83edd7dabd415b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R216a0baf88c24434" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68ed89b2706846b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcde87dada2ce4cf1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31e3cbcce92c49d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68ed89b2706846b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R140db63bd5b64fa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcde87dada2ce4cf1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Strategie Blue-Chips DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>54,533</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>54,345</x:t>
-[...620 lines deleted...]
-          <x:t>58,173</x:t>
+          <x:t>54,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,886</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>