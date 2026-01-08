--- v2 (2025-11-21)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R216a0baf88c24434" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6be838cf9c245c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcde87dada2ce4cf1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb56a64274c2641c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R140db63bd5b64fa6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcde87dada2ce4cf1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2ef07e5ac6040e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb56a64274c2641c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Strategie Blue-Chips DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...311 lines deleted...]
-          <x:t>55,471</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.11.2025</x:t>
-[...316 lines deleted...]
-          <x:t>53,886</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>