--- v3 (2026-01-08)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6be838cf9c245c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdde8392a7e74a4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb56a64274c2641c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcab199540d14447f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2ef07e5ac6040e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb56a64274c2641c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4606c207c81345a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcab199540d14447f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Strategie Blue-Chips DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>56,466</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,806</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>