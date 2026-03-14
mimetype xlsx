--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdde8392a7e74a4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8ff74fd5d894fb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcab199540d14447f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40b8c8d1dea74fbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4606c207c81345a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcab199540d14447f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5f8fd6544b14ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40b8c8d1dea74fbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Strategie Blue-Chips DE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,483</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>