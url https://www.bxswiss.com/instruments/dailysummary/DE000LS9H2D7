--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ba6a0205b9d4a3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85a4db588a59462d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ac5d188f98845d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc77b852cfef348d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d45de8ff4084bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ac5d188f98845d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88a33d338fa54ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc77b852cfef348d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PlainAlpha Europe Target Income</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H2D7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>152,032</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>