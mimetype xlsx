--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85a4db588a59462d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R239e82e8f1a943a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc77b852cfef348d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ef2b4475e5c40bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88a33d338fa54ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc77b852cfef348d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bdcfeaeb8894561" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ef2b4475e5c40bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PlainAlpha Europe Target Income</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H2D7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>155,839</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,601</x:t>
-[...177 lines deleted...]
-        <x:is>
           <x:t>156,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,251</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>