--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R239e82e8f1a943a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7977f9536b32488a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ef2b4475e5c40bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5cb7f1765414054"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bdcfeaeb8894561" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ef2b4475e5c40bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d327ce832ae40e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5cb7f1765414054" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PlainAlpha Europe Target Income</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H2D7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>159,741</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>