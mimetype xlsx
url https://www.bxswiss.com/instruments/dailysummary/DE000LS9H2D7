--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7977f9536b32488a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40aac819278a4273" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5cb7f1765414054"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65b57a5c295e4fb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d327ce832ae40e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5cb7f1765414054" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb12dfc814d0d4bb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65b57a5c295e4fb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PlainAlpha Europe Target Income</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H2D7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,027</x:t>
-[...332 lines deleted...]
-        <x:is>
           <x:t>150,953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,217</x:t>
         </x:is>
       </x:c>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>