--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2199bbe60bc455c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36581d9b8b5348a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bf73943829c46c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd041baa40ec429b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f7fccfb3ea54171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bf73943829c46c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa1e3cdd50944aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd041baa40ec429b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie Dividendenwachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H2A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>