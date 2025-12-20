--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36581d9b8b5348a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95d9077da9e24b27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd041baa40ec429b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82263f1c30e04289"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa1e3cdd50944aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd041baa40ec429b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec53f1a493af487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82263f1c30e04289" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie Dividendenwachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H2A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>195,357</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>