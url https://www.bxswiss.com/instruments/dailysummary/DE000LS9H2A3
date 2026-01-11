--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95d9077da9e24b27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R991610fa2c284361" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82263f1c30e04289"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc07164b759624c1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec53f1a493af487b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82263f1c30e04289" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R209ce16caac64e22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc07164b759624c1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie Dividendenwachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H2A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,789</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,721</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>