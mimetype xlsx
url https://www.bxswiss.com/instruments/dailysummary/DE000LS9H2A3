--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R991610fa2c284361" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdad4201f94874e14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc07164b759624c1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37e7a6e96b804f96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R209ce16caac64e22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc07164b759624c1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R368af8b07c0e4f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37e7a6e96b804f96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie Dividendenwachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H2A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...446 lines deleted...]
-          <x:t>201,133</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,614</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>