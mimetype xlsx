--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdad4201f94874e14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R507482aaa8214c4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37e7a6e96b804f96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93122add30ea4006"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R368af8b07c0e4f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37e7a6e96b804f96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58ffbcd267c84f86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93122add30ea4006" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Strategie Dividendenwachstum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9H2A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,223</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>