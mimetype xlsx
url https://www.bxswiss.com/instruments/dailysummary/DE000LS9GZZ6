--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd893e4ee2262429b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7362b508a804c28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc095707d3429411b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R547c93733a5c413c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8865bd3521b84040" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc095707d3429411b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R701676608e90461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R547c93733a5c413c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenperlen aus Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>85,637</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,191</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>86,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,616</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,183</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>