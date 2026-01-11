--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7362b508a804c28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eee8ced36084c7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R547c93733a5c413c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5fb7917a3994a66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R701676608e90461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R547c93733a5c413c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76c5ecec25774636" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5fb7917a3994a66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenperlen aus Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>85,144</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,068</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>