--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3eee8ced36084c7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf896284ec8064a57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5fb7917a3994a66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8af7a3ebb2aa47b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76c5ecec25774636" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5fb7917a3994a66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ef40846adad4111" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8af7a3ebb2aa47b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenperlen aus Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>95,068</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>