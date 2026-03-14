--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf896284ec8064a57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7292970449ca46be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8af7a3ebb2aa47b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra292a9b57e5f4bc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ef40846adad4111" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8af7a3ebb2aa47b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra82198b537894a32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra292a9b57e5f4bc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenperlen aus Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,446 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>97,121</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,386</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...317 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,674</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>