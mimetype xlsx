--- v0 (2025-10-26)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41fdfc94e19f43dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1b122888d9b455c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8fe43e7ef354785"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf60cb7543744f08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R190e29943e824917" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8fe43e7ef354785" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refbbe8ea762340a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf60cb7543744f08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BaumbergTrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,836</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>