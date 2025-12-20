--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1b122888d9b455c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7a08b0a84934ec9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf60cb7543744f08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81cf84c409e641e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refbbe8ea762340a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf60cb7543744f08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb3852d7eace49fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81cf84c409e641e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BaumbergTrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>298,837</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>