--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7a08b0a84934ec9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f61920f5b2f4632" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81cf84c409e641e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0af4e7c2109c49fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb3852d7eace49fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81cf84c409e641e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R837e401a9089404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0af4e7c2109c49fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BaumbergTrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,492</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,701</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>