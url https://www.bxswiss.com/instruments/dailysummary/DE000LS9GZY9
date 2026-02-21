--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f61920f5b2f4632" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf996ad1c457e4150" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0af4e7c2109c49fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e9f7d7e35f04f40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R837e401a9089404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0af4e7c2109c49fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d120a0a04bf49ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e9f7d7e35f04f40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BaumbergTrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...436 lines deleted...]
-          <x:t>320,176</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>319,308</x:t>
-[...4 lines deleted...]
-          <x:t>320,701</x:t>
+          <x:t>322,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>