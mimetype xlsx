--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R130bcc4baf8547ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4223f646b974508" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47356f2bfef5465d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d7bb44aeca844d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e182f5308684181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47356f2bfef5465d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78756aab806f43ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d7bb44aeca844d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig Top 3+1 ökonomisch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...473 lines deleted...]
-          <x:t>107,706</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,739</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>107,216</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>