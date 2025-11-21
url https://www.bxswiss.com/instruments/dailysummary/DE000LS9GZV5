--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4223f646b974508" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2609bea6f464ef7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d7bb44aeca844d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2d35b0144874a28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78756aab806f43ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d7bb44aeca844d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R544de7747c4544ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2d35b0144874a28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig Top 3+1 ökonomisch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,357</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>