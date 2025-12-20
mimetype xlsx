--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2609bea6f464ef7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63f3f4f4a2894a23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2d35b0144874a28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffeed0ed909d4aac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R544de7747c4544ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2d35b0144874a28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccba51909fb54983" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffeed0ed909d4aac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig Top 3+1 ökonomisch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>105,840</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,761</x:t>
-[...566 lines deleted...]
-          <x:t>105,356</x:t>
+          <x:t>105,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>