--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63f3f4f4a2894a23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R432939e73142458b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffeed0ed909d4aac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfcd412072644855"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccba51909fb54983" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffeed0ed909d4aac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf924b9f3300a4630" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfcd412072644855" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig Top 3+1 ökonomisch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,978</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>