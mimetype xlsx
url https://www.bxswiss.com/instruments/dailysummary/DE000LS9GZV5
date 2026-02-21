--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R432939e73142458b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05f9c5557c824610" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfcd412072644855"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b5e2b21eb9e49a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf924b9f3300a4630" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfcd412072644855" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R061da68a8d4a44f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b5e2b21eb9e49a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig Top 3+1 ökonomisch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>105,324</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,192</x:t>
-[...350 lines deleted...]
-          <x:t>102,978</x:t>
+          <x:t>103,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,966</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>