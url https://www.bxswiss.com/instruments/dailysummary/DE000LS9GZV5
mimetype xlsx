--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05f9c5557c824610" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfd46f08e04e4078" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b5e2b21eb9e49a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5be6d927998d43b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R061da68a8d4a44f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b5e2b21eb9e49a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd237635177894ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5be6d927998d43b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig Top 3+1 ökonomisch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>103,487</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,921</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...316 lines deleted...]
-          <x:t>103,966</x:t>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>