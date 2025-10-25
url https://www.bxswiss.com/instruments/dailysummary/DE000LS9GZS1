--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c82fb2a10954e27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63b8cdd7e305450a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5c2bc8d419a4209"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7df7597aa9cb47a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6309121ad9b0471a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5c2bc8d419a4209" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2da2418bf05943d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7df7597aa9cb47a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Auswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,642</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,816</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>