--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63b8cdd7e305450a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34a1e97d1aa24dc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7df7597aa9cb47a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R714c80fa845248f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2da2418bf05943d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7df7597aa9cb47a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re52d1f75a739413d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R714c80fa845248f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Auswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>139,816</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>