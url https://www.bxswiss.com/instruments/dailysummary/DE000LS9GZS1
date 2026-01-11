--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34a1e97d1aa24dc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R008e4b9006cc48fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R714c80fa845248f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9020d5fd51704b32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re52d1f75a739413d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R714c80fa845248f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3633394a49c44fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9020d5fd51704b32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Auswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,496</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>