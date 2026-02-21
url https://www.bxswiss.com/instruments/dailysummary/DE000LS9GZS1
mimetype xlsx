--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R008e4b9006cc48fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e350a005d8e44bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9020d5fd51704b32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R679e1cf7f7734728"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3633394a49c44fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9020d5fd51704b32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b43b77b32a8455a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R679e1cf7f7734728" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Auswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>139,331</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>