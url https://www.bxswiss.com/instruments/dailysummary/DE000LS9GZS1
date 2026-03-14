--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e350a005d8e44bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f348ee4f27941ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R679e1cf7f7734728"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3825e3cf808a498f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b43b77b32a8455a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R679e1cf7f7734728" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27392a04569943a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3825e3cf808a498f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Auswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZS1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>