--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c4dc01ff9bd44a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R200fd15a62b8461a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R652adb0ca91e46ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6166776b7ef49dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdf4052c94364900" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R652adb0ca91e46ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20f536173f804253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6166776b7ef49dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ENERGIE Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>