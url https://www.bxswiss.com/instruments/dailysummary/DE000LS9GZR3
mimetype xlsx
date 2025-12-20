--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R200fd15a62b8461a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fa3267cad23412f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6166776b7ef49dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd94e88b5dbf14492"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20f536173f804253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6166776b7ef49dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b781ae9b10c45cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd94e88b5dbf14492" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ENERGIE Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...635 lines deleted...]
-          <x:t>121,125</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>