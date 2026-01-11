--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fa3267cad23412f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e282228f7844615" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd94e88b5dbf14492"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69b4f4f874a04238"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b781ae9b10c45cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd94e88b5dbf14492" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58993eb7501248ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69b4f4f874a04238" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ENERGIE Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>121,332</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,987</x:t>
-[...301 lines deleted...]
-          <x:t>121,494</x:t>
+          <x:t>121,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>