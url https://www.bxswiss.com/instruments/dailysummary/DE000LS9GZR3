--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e282228f7844615" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25e36dd4b47a4158" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69b4f4f874a04238"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e14b76ba4324dfd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58993eb7501248ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69b4f4f874a04238" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd53fb0dd5cd34b2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e14b76ba4324dfd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ENERGIE Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>125,052</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>