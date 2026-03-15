--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25e36dd4b47a4158" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75879cb5f7674795" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e14b76ba4324dfd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R204ebcbdca0c49cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd53fb0dd5cd34b2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e14b76ba4324dfd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fcccfb5ac9441c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R204ebcbdca0c49cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ENERGIE Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZR3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>124,361</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,911</x:t>
-[...539 lines deleted...]
-          <x:t>129,154</x:t>
+          <x:t>124,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>