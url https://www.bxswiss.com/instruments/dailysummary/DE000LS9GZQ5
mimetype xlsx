--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R554c139f9e814a68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74f9b6bdf2db43b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5dce7adcb1946bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf36b31b75fe64ad4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f5e0fa0cbf94029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5dce7adcb1946bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fbf118783cc4ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf36b31b75fe64ad4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technomedia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>166,386</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,454</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...494 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,131</x:t>
@@ -791,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>