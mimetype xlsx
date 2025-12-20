--- v1 (2025-10-28)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74f9b6bdf2db43b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R240f3c1725c443b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf36b31b75fe64ad4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc973498274a4ce4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fbf118783cc4ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf36b31b75fe64ad4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f28df3b4fa6461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc973498274a4ce4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technomedia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>181,251</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>