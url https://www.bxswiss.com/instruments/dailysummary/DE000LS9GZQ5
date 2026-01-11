--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R240f3c1725c443b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b96bc408f6942a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc973498274a4ce4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca5e751b991e430f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f28df3b4fa6461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc973498274a4ce4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf7f94fd0cbc4d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca5e751b991e430f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technomedia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,016</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>