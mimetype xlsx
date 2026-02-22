--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b96bc408f6942a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb09b4c98d6348bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca5e751b991e430f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9c709581bd2406d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf7f94fd0cbc4d4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca5e751b991e430f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f8b0f8fbeb2422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9c709581bd2406d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technomedia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>179,390</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,701</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>