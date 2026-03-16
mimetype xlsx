--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb09b4c98d6348bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb4d988b634248ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9c709581bd2406d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43866eb25d8548a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f8b0f8fbeb2422c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9c709581bd2406d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6cd7ef981e5400d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43866eb25d8548a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technomedia</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZQ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>