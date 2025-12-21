--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rece0e1f7b1914718" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31f26e34345a4af5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R924efaf6195c471c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf003f2256dee410c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf84e9618358a4501" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R924efaf6195c471c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9aa38e78d5af4c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf003f2256dee410c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SubstanzInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,599 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>193,000</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>