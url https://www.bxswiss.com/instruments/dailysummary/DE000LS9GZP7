--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31f26e34345a4af5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ba2f7a1fed3485a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf003f2256dee410c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc93b22b4f3fc4920"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9aa38e78d5af4c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf003f2256dee410c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10e4c46c5dce4d75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc93b22b4f3fc4920" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SubstanzInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,408 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...356 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,398</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -717,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,314</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>