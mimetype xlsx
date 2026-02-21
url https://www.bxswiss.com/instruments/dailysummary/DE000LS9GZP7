--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ba2f7a1fed3485a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re09124e7a277473e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc93b22b4f3fc4920"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f369ba8cfd5429a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10e4c46c5dce4d75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc93b22b4f3fc4920" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ee5f3525fa04bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f369ba8cfd5429a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SubstanzInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>199,314</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>