--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re09124e7a277473e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0588551d01174d51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f369ba8cfd5429a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf509e535c29f4fed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ee5f3525fa04bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f369ba8cfd5429a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb44d6219dbfc4494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf509e535c29f4fed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SubstanzInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZP7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,389</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>