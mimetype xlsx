--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd35aab6ed38424a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d79eb19d0e544e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e2b8974deea4955"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R691f84fad675475e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d59bb6f35344ff1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e2b8974deea4955" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b47561b7bc34aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R691f84fad675475e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börsenclub</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>253,284</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,753</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,185</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>