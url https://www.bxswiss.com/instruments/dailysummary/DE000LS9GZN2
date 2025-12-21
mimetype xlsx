--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d79eb19d0e544e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8b92ff492ce4d5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R691f84fad675475e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24c1122c284e4aa9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b47561b7bc34aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R691f84fad675475e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R375658fa7e5346bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24c1122c284e4aa9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börsenclub</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>267,595</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,537</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>