--- v2 (2025-12-21)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8b92ff492ce4d5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97526eb7a96d4798" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24c1122c284e4aa9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1525b612dd034731"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R375658fa7e5346bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24c1122c284e4aa9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94e780080327476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1525b612dd034731" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börsenclub</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>263,537</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>