--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97526eb7a96d4798" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree09b32528e1483f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1525b612dd034731"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d55ad1ccf4e426f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94e780080327476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1525b612dd034731" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3af31b0d570a4278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d55ad1ccf4e426f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Börsenclub</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZN2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,267</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,477</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>