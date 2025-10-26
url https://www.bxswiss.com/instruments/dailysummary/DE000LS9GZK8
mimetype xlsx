--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc8a726ab2334e85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46a9823d279e4e70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9d6dc9747464c7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra750fa8959b24c6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e54ca2f303a4ca8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9d6dc9747464c7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79dafa6166cf4351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra750fa8959b24c6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SBR Global Trend Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>414,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>415,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>412,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>413,294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>424,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>424,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>421,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>423,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>