--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46a9823d279e4e70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda6455c556f54b0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra750fa8959b24c6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa33172063eb4c4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79dafa6166cf4351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra750fa8959b24c6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a37cb522557416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa33172063eb4c4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SBR Global Trend Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>413,679</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>419,099</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>427,986</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>