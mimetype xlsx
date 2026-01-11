--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda6455c556f54b0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c12d76788244aab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa33172063eb4c4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1356bb48557948ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a37cb522557416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa33172063eb4c4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e3191e484f34277" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1356bb48557948ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SBR Global Trend Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>422,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>423,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>417,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>419,876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>410,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>414,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>409,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>413,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,576</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>