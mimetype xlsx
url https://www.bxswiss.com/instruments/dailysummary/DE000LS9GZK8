--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c12d76788244aab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb360b7c76f247ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1356bb48557948ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R934893cf06cf4bf4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e3191e484f34277" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1356bb48557948ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4344df44d8894f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R934893cf06cf4bf4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SBR Global Trend Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>423,576</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>