--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb360b7c76f247ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3033f9b43c449be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R934893cf06cf4bf4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74782ce53ddc4b28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4344df44d8894f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R934893cf06cf4bf4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42f171a429d3424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74782ce53ddc4b28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SBR Global Trend Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>389,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>386,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>390,343</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>385,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>