--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46a6f23cdb46422a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5083996b87d44f48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8747d48bb4b433e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa36e1729a4e4e31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6019712b13e846a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8747d48bb4b433e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29bf14fb6b7649cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa36e1729a4e4e31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Female CEOs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,877</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,082</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>