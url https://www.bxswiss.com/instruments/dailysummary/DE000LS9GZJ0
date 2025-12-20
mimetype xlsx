--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5083996b87d44f48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb89a63fa24194cf8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa36e1729a4e4e31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28c33605decb4b13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29bf14fb6b7649cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa36e1729a4e4e31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa5fc32029f14568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28c33605decb4b13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Female CEOs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>287,082</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>