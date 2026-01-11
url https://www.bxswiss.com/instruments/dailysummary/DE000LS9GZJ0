--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb89a63fa24194cf8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd8bd84699284bf6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28c33605decb4b13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1af77a72613f41fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa5fc32029f14568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28c33605decb4b13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R178baa078d8b4c4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1af77a72613f41fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Female CEOs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,389</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,982</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>