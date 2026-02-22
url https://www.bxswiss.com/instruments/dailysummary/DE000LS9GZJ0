--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd8bd84699284bf6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8da9422db925439d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1af77a72613f41fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R715104e33b39438f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R178baa078d8b4c4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1af77a72613f41fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b3ac9313d914cbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R715104e33b39438f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Female CEOs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>245,982</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>