--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8da9422db925439d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f724ebf3cf840a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R715104e33b39438f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re69e4bfb703c4b6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b3ac9313d914cbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R715104e33b39438f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R889e32e1d5d34116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re69e4bfb703c4b6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Female CEOs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZJ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>