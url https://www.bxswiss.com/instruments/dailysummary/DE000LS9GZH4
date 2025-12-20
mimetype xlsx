--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1508a1eede44012" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d52a1a8dd1b4cf6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R047d53827df146eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f9696383e6e4243"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcde3591f2a774fb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R047d53827df146eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10f8a825c92e4ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f9696383e6e4243" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FI Quality-Value-Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,970</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>155,032</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>