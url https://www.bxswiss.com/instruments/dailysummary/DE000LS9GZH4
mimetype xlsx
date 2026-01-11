--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d52a1a8dd1b4cf6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74f1d4f805e44a69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f9696383e6e4243"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f79063717a14c1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10f8a825c92e4ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f9696383e6e4243" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34a994a70a374168" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f79063717a14c1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FI Quality-Value-Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,340</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...364 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,742</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>