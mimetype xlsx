--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74f1d4f805e44a69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcc01ccc28ef4030" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f79063717a14c1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45698091dd694108"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34a994a70a374168" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f79063717a14c1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24f63c4d8822457c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45698091dd694108" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FI Quality-Value-Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>155,282</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,726</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>159,742</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>