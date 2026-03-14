--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcc01ccc28ef4030" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd370280e643c4517" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45698091dd694108"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re108906780e34c48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24f63c4d8822457c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45698091dd694108" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc255049d9aa4ef5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re108906780e34c48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FI Quality-Value-Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZH4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,858</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>