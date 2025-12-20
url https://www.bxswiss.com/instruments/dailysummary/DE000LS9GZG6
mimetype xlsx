--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R558a9ba85df54fc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bfd13f0d09d4dbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56ac0b8f95344665"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red1baceb6e9d4a2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfad57bfa32da47fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56ac0b8f95344665" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bbb3b26c4ec43a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red1baceb6e9d4a2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>POLEam Aktien-Werte Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>205,775</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>