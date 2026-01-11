--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bfd13f0d09d4dbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2149be35e3f747c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red1baceb6e9d4a2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7342f1753eb48be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bbb3b26c4ec43a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red1baceb6e9d4a2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a5eb9dbcd114fa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7342f1753eb48be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>POLEam Aktien-Werte Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,221</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>