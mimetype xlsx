--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2149be35e3f747c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61a713375e584fdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7342f1753eb48be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44484bdd6254433b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a5eb9dbcd114fa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7342f1753eb48be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0612c9ec0e2c405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44484bdd6254433b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>POLEam Aktien-Werte Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>217,748</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>