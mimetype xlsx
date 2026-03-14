--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61a713375e584fdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20fe0dd21e414ad2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44484bdd6254433b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6896ece35e0b485e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0612c9ec0e2c405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44484bdd6254433b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R727083db33a24c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6896ece35e0b485e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>POLEam Aktien-Werte Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GZG6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,477</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>