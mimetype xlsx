--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R190df8a0f26547bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31c2a72482dc4ea0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R928b5bc00f614fbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5ce856392e34308"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24e4029848224900" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R928b5bc00f614fbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0e6ee90fba04f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5ce856392e34308" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starke Überzeugungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GWC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.180,878</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.135,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.146,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.135,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.142,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.148,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.148,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.138,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.138,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.143,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.150,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.142,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.150,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.154,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.150,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.159,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.164,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.164,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.164,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.166,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.166,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.192,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.180,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>