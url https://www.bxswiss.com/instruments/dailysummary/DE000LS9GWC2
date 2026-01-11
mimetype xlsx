--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31c2a72482dc4ea0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88ad61c8f601440d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5ce856392e34308"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b5fe364e87141c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0e6ee90fba04f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5ce856392e34308" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d3c8680adce49b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b5fe364e87141c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starke Überzeugungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GWC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.184,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.185,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.175,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.181,733</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.194,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.205,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.194,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.202,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>