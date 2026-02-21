--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88ad61c8f601440d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d7d582e719e4733" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b5fe364e87141c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra97f7c15596c4e3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d3c8680adce49b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b5fe364e87141c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc11db157b8f40cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra97f7c15596c4e3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starke Überzeugungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GWC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>1.191,973</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.226,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.241,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.226,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.239,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.245,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.249,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.238,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.240,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.236,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.243,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.231,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.241,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.243,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.245,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.233,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.234,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.229,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.229,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.226,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.232,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.226,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.236,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.221,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.228,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.232,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.226,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.229,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.226,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.226,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.229,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.228,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.228,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.193,927</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>1.223,348</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,808</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>