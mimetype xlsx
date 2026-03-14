--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d7d582e719e4733" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52f1a379ae324fdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra97f7c15596c4e3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8012ee59351547f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc11db157b8f40cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra97f7c15596c4e3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb4087162cfc4942" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8012ee59351547f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Starke Überzeugungen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GWC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.208,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.216,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.204,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.210,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.197,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.209,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.196,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.202,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.231,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.221,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.226,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.229,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.231,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.221,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.185,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.192,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.173,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.177,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.173,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.159,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.191,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.194,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.184,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>