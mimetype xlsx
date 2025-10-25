--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5ae660ce4214548" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae8a473b4ccf4b53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01e43a9698644374"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd13c7622d348436a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re59d2c5743de4e42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01e43a9698644374" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra294b2b94d174c4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd13c7622d348436a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienchancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GTK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>94,943</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,654</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...516 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,021</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,176</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>