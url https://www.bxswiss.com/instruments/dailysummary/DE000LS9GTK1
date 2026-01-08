--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae8a473b4ccf4b53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f4aea8bd02c4287" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd13c7622d348436a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5e4aa8ec51343ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra294b2b94d174c4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd13c7622d348436a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93645b1bbb124b46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5e4aa8ec51343ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienchancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GTK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>95,243</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,856</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>10.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,760</x:t>
-[...259 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>94,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,227</x:t>
+          <x:t>94,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,176</x:t>
+          <x:t>94,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,997</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>