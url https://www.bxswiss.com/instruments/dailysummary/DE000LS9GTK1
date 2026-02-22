--- v2 (2026-01-08)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f4aea8bd02c4287" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fc8268ef472453b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5e4aa8ec51343ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61aa84357a884ff8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93645b1bbb124b46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5e4aa8ec51343ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2efb15205e444eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61aa84357a884ff8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienchancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GTK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>94,106</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,192</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>93,997</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>