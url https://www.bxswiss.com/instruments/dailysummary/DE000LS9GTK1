--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fc8268ef472453b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dab9ce8eff945c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61aa84357a884ff8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcef072310f5241ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2efb15205e444eb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61aa84357a884ff8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb80ee45a357a4f03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcef072310f5241ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienchancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GTK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,348</x:t>
-[...549 lines deleted...]
-          <x:t>95,054</x:t>
+          <x:t>95,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>