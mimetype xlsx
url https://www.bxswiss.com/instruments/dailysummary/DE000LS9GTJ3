--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9e79cc339564d88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4935c37c5224ed4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13c8687f1cb84020"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84e28973c6a44d40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44e6bfe3e0994e54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13c8687f1cb84020" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d2db510b3584db5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84e28973c6a44d40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Strategie weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GTJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>205,905</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>