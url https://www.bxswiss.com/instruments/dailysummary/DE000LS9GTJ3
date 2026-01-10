--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4935c37c5224ed4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83fbfb8e33fe45d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84e28973c6a44d40"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a4b5914dbe74522"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d2db510b3584db5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84e28973c6a44d40" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bdec87c24c543b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a4b5914dbe74522" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Strategie weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GTJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,978</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>