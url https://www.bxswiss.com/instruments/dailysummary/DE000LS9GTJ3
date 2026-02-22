--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83fbfb8e33fe45d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0998bf7b9654166" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a4b5914dbe74522"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5639a5a5c62744a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bdec87c24c543b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a4b5914dbe74522" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccbb7f4793854a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5639a5a5c62744a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Strategie weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GTJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...392 lines deleted...]
-          <x:t>223,925</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,453</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>225,780</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>