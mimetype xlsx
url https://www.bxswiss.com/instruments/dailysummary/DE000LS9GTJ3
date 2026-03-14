--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0998bf7b9654166" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3f727ec52b5467a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5639a5a5c62744a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra73efbb4aea549c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccbb7f4793854a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5639a5a5c62744a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae60f2a709b8478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra73efbb4aea549c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Strategie weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GTJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>