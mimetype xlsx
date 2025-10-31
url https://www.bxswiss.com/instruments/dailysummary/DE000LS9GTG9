--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb927c7b3edc34c55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7de0a52942b429e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc00c4e0df3b4756"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c30eefe64a8497d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa322a552fe5409a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc00c4e0df3b4756" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R483a2eaf0e0e4b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c30eefe64a8497d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jaytrader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GTG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>764,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>769,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>757,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>761,303</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>769,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>773,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>765,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>766,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>754,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>763,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>766,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>768,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>766,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>763,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>