--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7de0a52942b429e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ff95b0655c94fe5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c30eefe64a8497d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac1b534cf3754195"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R483a2eaf0e0e4b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c30eefe64a8497d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b1d9d2904b445e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac1b534cf3754195" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jaytrader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GTG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>737,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>738,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>725,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>734,745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>790,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>794,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>777,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>784,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>882,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>854,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>892,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>869,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>863,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>848,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>852,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>853,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>831,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>834,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>876,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>856,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>858,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>855,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>872,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>817,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>818,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>759,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>773,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>