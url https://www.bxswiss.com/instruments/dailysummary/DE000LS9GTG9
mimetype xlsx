--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ff95b0655c94fe5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91d8ef107de14914" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac1b534cf3754195"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6ac023c29c84377"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b1d9d2904b445e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac1b534cf3754195" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37178d6fc22a417c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6ac023c29c84377" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jaytrader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GTG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>779,226</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>792,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>771,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>761,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>777,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>769,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>764,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>774,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>785,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>788,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>839,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>821,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>836,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>844,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>827,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>841,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>846,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>835,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>849,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>