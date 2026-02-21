--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91d8ef107de14914" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64199399d7224f86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6ac023c29c84377"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2cab3f792e04586"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37178d6fc22a417c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6ac023c29c84377" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reafceb19f9b04a08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2cab3f792e04586" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jaytrader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GTG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>780,932</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>795,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>816,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>794,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>811,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>793,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>810,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>819,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>803,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>820,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>816,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>823,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>790,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>792,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>780,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>783,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>765,423</x:t>
-[...355 lines deleted...]
-          <x:t>849,623</x:t>
+          <x:t>736,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,223</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>