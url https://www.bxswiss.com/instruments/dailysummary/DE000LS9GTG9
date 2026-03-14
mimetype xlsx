--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64199399d7224f86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6c60358a04d46a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2cab3f792e04586"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03a12a1cedce4d70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reafceb19f9b04a08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2cab3f792e04586" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09abb236261c4b1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03a12a1cedce4d70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jaytrader</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GTG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>694,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>702,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>680,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>694,508</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>686,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>702,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>683,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>702,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>