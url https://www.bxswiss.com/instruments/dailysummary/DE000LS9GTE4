--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b5cc8de828d470e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0d9aeacec914849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb104621568e4f0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1054cdb08844674"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8785784cbce9443c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb104621568e4f0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0837481a8994a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1054cdb08844674" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX-Werte / Fundamentalanalyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GTE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,949</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,442</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>