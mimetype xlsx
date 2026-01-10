--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0d9aeacec914849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59dd12205a7d49be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1054cdb08844674"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdffa212eefed4149"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0837481a8994a9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1054cdb08844674" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0797610e10554a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdffa212eefed4149" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX-Werte / Fundamentalanalyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GTE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>164,661</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,792</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>161,442</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>