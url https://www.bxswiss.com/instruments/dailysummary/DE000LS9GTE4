--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59dd12205a7d49be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R101c54030e5e40c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdffa212eefed4149"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d916e69231b43e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0797610e10554a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdffa212eefed4149" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5d51f03cab44c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d916e69231b43e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX-Werte / Fundamentalanalyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GTE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>167,801</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>