--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R101c54030e5e40c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recdf1a310c7e43f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d916e69231b43e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2b26af4b5e348e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5d51f03cab44c5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d916e69231b43e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57a27fc7da314458" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2b26af4b5e348e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX-Werte / Fundamentalanalyse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GTE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,066</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>